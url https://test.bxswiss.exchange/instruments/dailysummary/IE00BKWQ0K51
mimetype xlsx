--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86faa5157f2840e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e00ea7279864742" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddecb072e48a4c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756bf2abf80f47fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095970b796ac44c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddecb072e48a4c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e994919d294384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756bf2abf80f47fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Technology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0K51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,904</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>