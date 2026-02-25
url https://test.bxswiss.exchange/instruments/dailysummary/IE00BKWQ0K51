--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e00ea7279864742" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d45e3bd0374b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R756bf2abf80f47fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81dff1c7ecd5448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e994919d294384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R756bf2abf80f47fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220250cbad794b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81dff1c7ecd5448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Technology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0K51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>