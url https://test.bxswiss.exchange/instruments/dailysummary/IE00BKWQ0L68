--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72dd813efdf84d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8c3d4e42ae415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada035c57a5e48f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbddfc4536041ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9430fec16ccf4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada035c57a5e48f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bdd0124f24b4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbddfc4536041ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>283,304</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>