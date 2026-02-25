--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8c3d4e42ae415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf748ec6a0f21473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bbddfc4536041ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra25754d5bfa044b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bdd0124f24b4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bbddfc4536041ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b342d1219a741e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra25754d5bfa044b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>