--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e01f05d0624138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7859bc83e8f4cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ea46f32b2b3442a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra44d63947efc4927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c4706d50d6f4cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ea46f32b2b3442a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0923e5f6a47a43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra44d63947efc4927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>326,705</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>