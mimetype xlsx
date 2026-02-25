--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7859bc83e8f4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeee90cafed44234" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra44d63947efc4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc226086345644e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0923e5f6a47a43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra44d63947efc4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab3ee92e55b64449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc226086345644e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>