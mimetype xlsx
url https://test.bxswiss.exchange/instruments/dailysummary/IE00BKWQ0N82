--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra36cecedd76b41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8b918453934a1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f3f5f56960f4a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61086611b2ec41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2022c6f548d44af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f3f5f56960f4a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66425851944b4619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61086611b2ec41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,186</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>