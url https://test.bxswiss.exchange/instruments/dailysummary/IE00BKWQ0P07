--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R205f1881d2e14fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562985e73d104573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492be208bdf04d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08a4cf22cb344c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc089a2ccab634716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492be208bdf04d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490e6cde23404be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08a4cf22cb344c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Utilities UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0P07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>192,212</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>