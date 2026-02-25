--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562985e73d104573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3757abc803c4470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf08a4cf22cb344c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54055eb8b20d45b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490e6cde23404be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf08a4cf22cb344c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb5304020014e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54055eb8b20d45b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Utilities UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0P07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>