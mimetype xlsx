--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba37aaa68824544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36690be3541f4c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f5a0a3042e4f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6f228ccb434121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4440148cfad84e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f5a0a3042e4f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef6ad7e128f4382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6f228ccb434121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,537</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>