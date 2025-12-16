--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e6cf2eb1ed4630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f192ab0ade4e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e40c425b8e541f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f58f5f9f974561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8b792669664b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e40c425b8e541f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ea9c8ad87d44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f58f5f9f974561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,420</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>