--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f192ab0ade4e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbdcf763027a46e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f58f5f9f974561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25851279f4794419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ea9c8ad87d44c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f58f5f9f974561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec19c8e0f32846fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25851279f4794419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>