--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf653b03c46af496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ac797b804f4a91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871348ce552d43be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6327ee5c8a234008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4f5c82714f4712" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871348ce552d43be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0a31c27268345ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6327ee5c8a234008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Broad Commodities UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKY4W127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>9,729</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>