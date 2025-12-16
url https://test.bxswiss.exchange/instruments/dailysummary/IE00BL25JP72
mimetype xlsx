--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a457c1b87744fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c51fd6b4c944fbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra986723f6d2842dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85da52dd3e1441bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1425720b7ea34bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra986723f6d2842dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69339c9b064f4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85da52dd3e1441bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>62,627</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,682</x:t>
-[...9 lines deleted...]
-          <x:t>64,654</x:t>
+          <x:t>64,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>