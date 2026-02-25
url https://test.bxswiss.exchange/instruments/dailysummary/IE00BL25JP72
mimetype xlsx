--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c51fd6b4c944fbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4d66662c724906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85da52dd3e1441bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81817384b264256"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69339c9b064f4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85da52dd3e1441bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b21615e5bb04839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81817384b264256" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,639</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>65,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>