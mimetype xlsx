--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5acd69827f4341c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R903dbca9f6a8485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d6d549f0c42467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3bfdd0bf404f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86038f6944c24ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d6d549f0c42467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b93793f2fb4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3bfdd0bf404f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X US Infrastructure Development UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJ534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>33,889</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...386 lines deleted...]
-          <x:t>34,817</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,767</x:t>
-[...4 lines deleted...]
-          <x:t>35,395</x:t>
+          <x:t>34,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>