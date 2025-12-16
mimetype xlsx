--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd198854f2e4b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31aebf70e4e64a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c44086b92044e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8290fd93a33a46fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48425bd685c04103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c44086b92044e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f50b29aa3b642bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8290fd93a33a46fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>8,286</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>