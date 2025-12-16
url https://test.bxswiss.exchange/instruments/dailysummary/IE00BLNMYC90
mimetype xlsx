--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ca967b469f4faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f00441db3942c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c7ad39167c40c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57af9d82bd34e34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b5097ceb974653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c7ad39167c40c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a77dc0f7ea14169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57af9d82bd34e34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>82,781</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,221</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>83,601</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>