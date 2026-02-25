--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f00441db3942c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79e3cde423ff4570" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57af9d82bd34e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391d09298a934d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a77dc0f7ea14169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57af9d82bd34e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b6a06eeb25b47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391d09298a934d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,777</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>84,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>