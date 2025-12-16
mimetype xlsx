--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4592899a2c73434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6779139e3a41d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad53d3aef4d4702"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5b78972a554906"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b2339fe0594ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad53d3aef4d4702" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1fc513501a42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5b78972a554906" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>24,867</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>