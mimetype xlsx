--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe6779139e3a41d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d48f204a694dea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5b78972a554906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb57c2c4fd84886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda1fc513501a42b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5b78972a554906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a3c4ae110e493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb57c2c4fd84886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>22,926</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,887</x:t>
-[...404 lines deleted...]
-          <x:t>22,645</x:t>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>