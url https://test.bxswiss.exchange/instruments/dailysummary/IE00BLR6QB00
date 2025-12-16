--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd973cc88974cbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44acb8a0d3794452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40708f961f6e4946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46726632903a4520"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc50411d3951344fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40708f961f6e4946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc747bd1844924229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46726632903a4520" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>7,385</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>7,299</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,257</x:t>
-[...134 lines deleted...]
-          <x:t>7,367</x:t>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>