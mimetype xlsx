--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44acb8a0d3794452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2909cd4dbbe741e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46726632903a4520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bfc7e44d63407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc747bd1844924229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46726632903a4520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfafeb8fc15ba404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bfc7e44d63407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,070</x:t>
-[...58 lines deleted...]
-          <x:t>6,819</x:t>
+          <x:t>7,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>21.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,888</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>7,278</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>7,046</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>