--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R517d946905c34190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50230adaa60d46dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600566180545460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf62277ce85847d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97fe1a5dc05d4f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600566180545460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96965bce80f64a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf62277ce85847d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,412</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,377</x:t>
-[...200 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>4,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>4,394</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>4,456</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,407</x:t>
-[...6 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,458</x:t>
-[...36 lines deleted...]
-          <x:t>4,423</x:t>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>