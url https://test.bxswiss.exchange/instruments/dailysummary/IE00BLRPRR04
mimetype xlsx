--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50230adaa60d46dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf9d708352e4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf62277ce85847d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846dc09f8837425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96965bce80f64a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf62277ce85847d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d16e96f1d74de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846dc09f8837425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>4,416</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,357</x:t>
-[...227 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,473</x:t>
-[...102 lines deleted...]
-          <x:t>4,464</x:t>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,442</x:t>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,535</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>4,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,505</x:t>
-[...107 lines deleted...]
-          <x:t>4,522</x:t>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>