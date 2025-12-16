--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88db5ff3e0854bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9365062e09a74aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R045bb427824b4d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f25dfe4f6f24063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6cecf489bbc4394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R045bb427824b4d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32bd106a2e2349a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f25dfe4f6f24063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>51,628</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>51,232</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,716</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>52,193</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...46 lines deleted...]
-          <x:t>52,485</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>