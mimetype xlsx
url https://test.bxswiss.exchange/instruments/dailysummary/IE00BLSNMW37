--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9365062e09a74aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72c01fe1b2f48ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f25dfe4f6f24063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59fda1dfd7104a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32bd106a2e2349a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f25dfe4f6f24063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc728d51b62324d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59fda1dfd7104a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>