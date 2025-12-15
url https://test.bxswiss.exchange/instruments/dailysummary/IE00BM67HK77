--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab6b21db6de64e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31e7fe7099e1478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ff235e617c4eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa966c1636e543b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642d6a11f24f4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ff235e617c4eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9649178b704343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa966c1636e543b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Health Care UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,510</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>