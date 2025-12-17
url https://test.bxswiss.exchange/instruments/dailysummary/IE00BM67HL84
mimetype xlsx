--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4bf9f6a8d64a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439d0b7c509a42be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c1b09e4d5c4db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra13189b436c8409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b3d1cca6df45a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c1b09e4d5c4db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9996af5e4946cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra13189b436c8409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Financials UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HL84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>33,152</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>