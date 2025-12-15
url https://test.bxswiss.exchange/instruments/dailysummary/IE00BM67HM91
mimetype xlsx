--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00016d7b61d1470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6053aeb34cf04542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c2e883e677467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266b012371ae4b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0ca9fc21e14188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c2e883e677467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004393b3503c4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266b012371ae4b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HM91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>42,824</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>