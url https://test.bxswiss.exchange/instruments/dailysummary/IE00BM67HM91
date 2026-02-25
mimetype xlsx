--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6053aeb34cf04542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6406239a6af14675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R266b012371ae4b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427c65d3ab4b4f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004393b3503c4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R266b012371ae4b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c00d53248214100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427c65d3ab4b4f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HM91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>44,480</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,402</x:t>
-[...166 lines deleted...]
-          <x:t>43,522</x:t>
+          <x:t>44,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>