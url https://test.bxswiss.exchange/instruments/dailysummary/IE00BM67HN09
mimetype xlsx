--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbb4fcf45464dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd531d571145b4de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6c64f0cedfa4219"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb0522b64064d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dcf8ba4dd334f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6c64f0cedfa4219" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e1a488356b2498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb0522b64064d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,523</x:t>
-[...468 lines deleted...]
-          <x:t>40,347</x:t>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>