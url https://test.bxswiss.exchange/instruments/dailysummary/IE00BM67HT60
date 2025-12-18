--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0ed8b8a588b449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482942d2e5604e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4d568c8ef44758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d19bda60594bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc483e15ebb904326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4d568c8ef44758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0d65d0638b4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d19bda60594bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,598</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>