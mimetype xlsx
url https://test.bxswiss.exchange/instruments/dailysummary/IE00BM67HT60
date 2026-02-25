--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482942d2e5604e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3329e7ecd5374805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06d19bda60594bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0171785a1d3b41af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc0d65d0638b4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06d19bda60594bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2673c99c3b7d4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0171785a1d3b41af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,649</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>