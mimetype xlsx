--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f9cadd01b54145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6bd2a410084f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e56122c2b6e4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b19c454d11465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d71387a707433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e56122c2b6e4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb267c4755ebf4de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b19c454d11465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HW99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>85,768</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,763</x:t>
-[...593 lines deleted...]
-          <x:t>88,371</x:t>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>