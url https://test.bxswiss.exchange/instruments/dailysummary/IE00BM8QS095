--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fda978079d14cb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d8889f43a64670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14cd66ad3d2a4e7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f76f4fdde0547c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd33e69c54340f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14cd66ad3d2a4e7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52c89cb3d544df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f76f4fdde0547c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>26,539</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>29,137</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>