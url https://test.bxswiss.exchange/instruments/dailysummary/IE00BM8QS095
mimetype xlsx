--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d8889f43a64670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b09571c03d4213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f76f4fdde0547c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5a2c6619344354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52c89cb3d544df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f76f4fdde0547c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44738b8528ac4f44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5a2c6619344354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>26,193</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>25,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>