--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8507a411742a44a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f07242c2022467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79721e8915ba4bf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78390b2858d54ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a8fa844871b491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79721e8915ba4bf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c75e25fda54354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78390b2858d54ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>21,064</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>