--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f07242c2022467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb32faeaed04ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78390b2858d54ee4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b048f6b7d34440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c75e25fda54354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78390b2858d54ee4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63144c1e03e46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b048f6b7d34440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,670</x:t>
-[...129 lines deleted...]
-          <x:t>20,977</x:t>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,814</x:t>
-[...146 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,032</x:t>
-[...171 lines deleted...]
-          <x:t>21,473</x:t>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>