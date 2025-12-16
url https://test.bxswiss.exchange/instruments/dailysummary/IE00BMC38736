--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb915c8e61c554022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4742531a4a47bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c0a7aa1c194220"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f9016630ed42b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd91061f1d8b4331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c0a7aa1c194220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d339f28bb040d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f9016630ed42b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>44,141</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>