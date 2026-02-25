--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4742531a4a47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4803d97c2a114cd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f9016630ed42b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46294ad3a1d24059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d339f28bb040d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f9016630ed42b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48307526452f44cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46294ad3a1d24059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>