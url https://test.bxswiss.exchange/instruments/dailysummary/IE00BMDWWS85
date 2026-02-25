--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da85dd85e0a4367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd655359c500457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5139b3f545e4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd14005d3ad3f419a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,542 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra092737e524641f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5139b3f545e4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8562fd3f99514060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd14005d3ad3f419a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Tabula US Enhanced Inflation UCITS ETF USD Acc</x:t>
+          <x:t>Janus Henderson US Enhanced Inflation Core UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMDWWS85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>121,383</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>