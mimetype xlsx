--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b2f62ba7644e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bc8e1035524e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a6d716feab479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbb0689d15c48b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a9e77228247d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a6d716feab479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1037c492b7c94b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbb0689d15c48b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,006</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,056</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>9,117</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>