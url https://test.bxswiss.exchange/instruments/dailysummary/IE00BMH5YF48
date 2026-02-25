--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bc8e1035524e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea36fb5695d541d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dbb0689d15c48b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4661f77fccde455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1037c492b7c94b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dbb0689d15c48b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca765b0b5454038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4661f77fccde455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YF48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,887</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>28.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,054</x:t>
-[...31 lines deleted...]
-          <x:t>8,836</x:t>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,942</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>8,887</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>