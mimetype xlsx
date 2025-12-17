--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d31814124c4199" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a13315a9a04096" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c3606eb06048ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4672d0ea5e44ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5361c0e1ae842e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c3606eb06048ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18ea03874e6547d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4672d0ea5e44ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X CleanTech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YL08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>6,174</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>