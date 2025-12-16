--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe41718d2cd41c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4374299a353b4d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c489a90cbd4e78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f1f77dcb8e34605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9d5108825c4baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c489a90cbd4e78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d167cb0c27342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f1f77dcb8e34605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>11,217</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,158</x:t>
-[...193 lines deleted...]
-          <x:t>11,404</x:t>
+          <x:t>11,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>