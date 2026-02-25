--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4374299a353b4d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe00acf182343ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f1f77dcb8e34605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd570daad2f94bc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d167cb0c27342fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f1f77dcb8e34605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11d0447ae6c4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd570daad2f94bc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Autonomous &amp; Electric Vehicles UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMH5YR69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,402</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,848</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>12,017</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>