--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6b4f08f3b144ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8210adbbe3451c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e130d8f773439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf268cc329d3d4033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1968d71c229a4b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e130d8f773439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9ed885a5d04a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf268cc329d3d4033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI United Kingdom IMI Socially Responsible UCITS ETF (GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HN93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>19,879</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,122</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>11.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>20,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>20,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>20,138</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>