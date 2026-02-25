--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8210adbbe3451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbfc38107354aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf268cc329d3d4033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8f52b0eb9644b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9ed885a5d04a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf268cc329d3d4033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90cb829ada849af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8f52b0eb9644b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI United Kingdom IMI Socially Responsible UCITS ETF (GBP) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMP3HN93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>20,129</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,333</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>20,394</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>