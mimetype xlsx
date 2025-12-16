--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1731cf567f4502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702ac6a25cbf4513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f31e0b53854a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3908320828c452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee98c0345084a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f31e0b53854a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60da22ce96ca400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3908320828c452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Hydrogen Economy UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMYDM794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>4,970</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,031</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>4,903</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>