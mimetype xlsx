--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702ac6a25cbf4513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb7b219936f49ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3908320828c452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891665c6b14a47cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60da22ce96ca400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3908320828c452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ae6fea283b4592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891665c6b14a47cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Hydrogen Economy UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMYDM794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,269</x:t>
-[...166 lines deleted...]
-          <x:t>5,047</x:t>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>5,049</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>