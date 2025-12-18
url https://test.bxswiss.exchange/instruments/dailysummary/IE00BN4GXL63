--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf2297157254983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c2f61ac621403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9c33a095d7485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd637a2ad3a14a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ea43b727c1444d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9c33a095d7485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7c6f8843883458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd637a2ad3a14a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Tabula EUR IG Bond Paris-aligned Climate UCITS ETF (EUR) - Acc</x:t>
+          <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>9,829</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,818</x:t>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,855</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,855</x:t>
-[...26 lines deleted...]
-          <x:t>9,850</x:t>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,859</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,859</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>9,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>