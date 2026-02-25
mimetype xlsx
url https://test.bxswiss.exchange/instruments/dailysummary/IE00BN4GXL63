--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c2f61ac621403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e635de7568b430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd637a2ad3a14a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1085ed3a8804e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7c6f8843883458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd637a2ad3a14a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60bc504985524cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1085ed3a8804e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR IG Bond Paris-aligned Climate Core UCITS ETF (EUR) - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BN4GXL63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>9,878</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,881</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>9,864</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,879</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,918</x:t>
-[...102 lines deleted...]
-          <x:t>9,907</x:t>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,895</x:t>
-[...247 lines deleted...]
-          <x:t>9,859</x:t>
+          <x:t>9,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>