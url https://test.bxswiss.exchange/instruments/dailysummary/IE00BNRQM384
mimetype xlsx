--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e2902262394502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddd47c278fc488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bce270ca5c54a24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2995aa4f74b04207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41beffd684144120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bce270ca5c54a24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65f8f6cd968406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2995aa4f74b04207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,815</x:t>
-[...252 lines deleted...]
-          <x:t>61,607</x:t>
+          <x:t>61,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>