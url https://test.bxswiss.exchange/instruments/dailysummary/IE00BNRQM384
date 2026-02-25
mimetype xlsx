--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfddd47c278fc488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e2e604a9ac449e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2995aa4f74b04207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb5fd953d2e4691"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc65f8f6cd968406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2995aa4f74b04207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1f363be6a3a49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb5fd953d2e4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BNRQM384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,068</x:t>
-[...360 lines deleted...]
-          <x:t>62,804</x:t>
+          <x:t>63,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>