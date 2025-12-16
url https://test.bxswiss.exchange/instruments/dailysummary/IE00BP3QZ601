--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf714af584395406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e9e03fdd12489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d15fcfd16f4d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20512bf33fa44208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bb1b9b98774c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d15fcfd16f4d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9843fc5607bc44a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20512bf33fa44208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>60,450</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,478</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>61,857</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>