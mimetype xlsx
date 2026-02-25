--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19e9e03fdd12489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834bc12520f84b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20512bf33fa44208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0a17b7b036f4da0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9843fc5607bc44a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20512bf33fa44208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recbe443585e644e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0a17b7b036f4da0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI World Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZ601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>63,166</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,282</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>63,423</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>