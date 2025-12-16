--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1048ff79cd7f49fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab8c0a4fac04efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R287c4c611026457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3957bce7a0140e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a1b8d7229a4813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R287c4c611026457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c008471db94dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3957bce7a0140e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>57,067</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>