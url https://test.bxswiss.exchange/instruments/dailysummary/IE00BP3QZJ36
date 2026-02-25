--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab8c0a4fac04efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f97eac792248ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3957bce7a0140e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152833e3988346aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c008471db94dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3957bce7a0140e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24764c8682264ff5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152833e3988346aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI France UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP3QZJ36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>57,819</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,597</x:t>
-[...11 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>58,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,953</x:t>
-[...306 lines deleted...]
-          <x:t>58,166</x:t>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>