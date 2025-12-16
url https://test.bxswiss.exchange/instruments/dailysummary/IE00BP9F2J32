--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53c10e586864d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9aa4933c4b4363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2b1a518e9c45e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd421dfde1d324d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f6b6949a5f440fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2b1a518e9c45e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra07ccd61049f4c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd421dfde1d324d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs - Euro Low Duration Corporate Bond UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BP9F2J32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,954</x:t>
-[...468 lines deleted...]
-          <x:t>96,123</x:t>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>