--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5a75165adb422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7cc09a50dd741ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd05b5527fe9948a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46b7aecc0be478d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d824c7d5dba4dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd05b5527fe9948a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8bc5fa62174099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46b7aecc0be478d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Biotech UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQ70R696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>41,848</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>