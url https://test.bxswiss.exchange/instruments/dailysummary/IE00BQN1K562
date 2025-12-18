--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ba3e045c9ab4675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b350b8d3014e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8cb451c6cc54719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dfd64c0fea847c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f5eae33dc245d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8cb451c6cc54719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R654af2d7eab44a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dfd64c0fea847c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Quality Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,901</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>10,124</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>