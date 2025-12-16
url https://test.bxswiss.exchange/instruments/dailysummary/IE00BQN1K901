--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fa658e2bd34fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cc6c2610a44a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a20068d4644fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac4b080d71f44e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb17f9e8fd89f4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a20068d4644fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5516b87ee23c40f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac4b080d71f44e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Edge MSCI Europe Value Factor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQN1K901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>10,150</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>