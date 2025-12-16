--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea428276970444e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2293704c3441b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cef6b3b14cc407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R702ec2e914b1457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b6a3aa5e85483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cef6b3b14cc407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4abfef3ea0b482e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R702ec2e914b1457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQ3Q067</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>13,125</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,071</x:t>
-[...21 lines deleted...]
-          <x:t>12,998</x:t>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>13,148</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,078</x:t>
-[...544 lines deleted...]
-          <x:t>13,276</x:t>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>