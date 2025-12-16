--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfba7729ba7124ea8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bcfcd4dac84c1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a21d3c66d0a4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92dcef97954045c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe949464b2845c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a21d3c66d0a4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fabcef6f1b342a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92dcef97954045c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9G91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>71,824</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>