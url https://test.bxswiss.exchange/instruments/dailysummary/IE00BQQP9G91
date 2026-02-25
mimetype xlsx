--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bcfcd4dac84c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c202ea5720d421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92dcef97954045c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2a82a7cab24e3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fabcef6f1b342a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92dcef97954045c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb527a5192bdf4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2a82a7cab24e3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Junior Gold Miners UCITS Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQQP9G91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>