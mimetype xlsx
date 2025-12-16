--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e93da68962d498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b493fc4b29a4159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd91b5e72e404319"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bdb5c69905a45c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d6badff22443ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd91b5e72e404319" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6983c4c9074789" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bdb5c69905a45c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI GCC Select Swap UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQXKVQ19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>21,023</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,873</x:t>
-[...274 lines deleted...]
-          <x:t>22,559</x:t>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>