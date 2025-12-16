--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366f62cce5a24620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0137a52b23644ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f07b612c104e4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97d8e91df70b435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72f9a05eedd4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f07b612c104e4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9698ed2cc5664f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97d8e91df70b435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBM26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>17,679</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,627</x:t>
-[...6 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>17,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>17,717</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>04.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,895</x:t>
-[...495 lines deleted...]
-          <x:t>17,925</x:t>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>