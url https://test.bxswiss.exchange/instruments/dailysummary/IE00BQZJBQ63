--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3837dcda03e24155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21699cc2750c45bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R062132d644be44d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f58056230c446f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ecc6904c8f74567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R062132d644be44d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056a361f794a44f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f58056230c446f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>21,224</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,316</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,233</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>21,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>