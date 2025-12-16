--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20465660a0204fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972fefdf82034b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f71a21ea4e4f7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9983b38be4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca82d0d3a874fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f71a21ea4e4f7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read5c3e52b2f4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9983b38be4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBX31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>12,592</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,534</x:t>
-[...215 lines deleted...]
-          <x:t>12,653</x:t>
+          <x:t>12,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,670</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>12,939</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>