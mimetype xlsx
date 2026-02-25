--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R972fefdf82034b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16cd823b1e894134" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9983b38be4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183d78857bf64e6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read5c3e52b2f4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9983b38be4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc52e4fef5a24227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183d78857bf64e6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe Equity Income UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJBX31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>13,101</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,076</x:t>
-[...119 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,217</x:t>
-[...117 lines deleted...]
-          <x:t>13,221</x:t>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>