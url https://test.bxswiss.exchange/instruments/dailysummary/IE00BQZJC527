--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72842c47df514730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83182416a4d54e86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7146c1c220a47a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f221bf2f124714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e30edf91714f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7146c1c220a47a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca0021e77c94e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f221bf2f124714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Europe SmallCap Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BQZJC527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>18,698</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,777</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>18,773</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>