--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3087c797bccd4116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54ce1e85bae46bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc9e8d25c7c4623"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2f572eefa64db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70412eb239a946b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc9e8d25c7c4623" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb3e2852e614500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2f572eefa64db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,264</x:t>
-[...151 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,199</x:t>
-[...252 lines deleted...]
-          <x:t>27,193</x:t>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>