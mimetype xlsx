--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd54ce1e85bae46bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598d85f99e324662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2f572eefa64db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1acdbd9d8f0433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb3e2852e614500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2f572eefa64db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cfdb90f8a734409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1acdbd9d8f0433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR FTSE EPRA Europe ex UK Real Estate UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BSJCQV56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>27,082</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,915</x:t>
-[...114 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,329</x:t>
-[...360 lines deleted...]
-          <x:t>26,419</x:t>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>