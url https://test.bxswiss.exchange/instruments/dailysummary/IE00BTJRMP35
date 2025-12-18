--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a97f484cb754a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac47e1785874d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e6a067e80ed4cfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c60e955b9cc4fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87ce1c980a64860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e6a067e80ed4cfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d748950e99f4e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c60e955b9cc4fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Emerging Markets UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BTJRMP35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,351</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>