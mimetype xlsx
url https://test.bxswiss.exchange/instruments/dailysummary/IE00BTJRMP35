--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac47e1785874d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862d278a9449443e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c60e955b9cc4fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6edd2d4484dd4e64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d748950e99f4e53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c60e955b9cc4fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05cb5b4f5fcd4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6edd2d4484dd4e64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Emerging Markets UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BTJRMP35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>59,125</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,507</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>58,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>