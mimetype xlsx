--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8e2841cc2648cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R105bf9360a844499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb02aa61076b54abe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d47d50bb6fc4303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ff6e2f14b9f484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb02aa61076b54abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3537a51405b94f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d47d50bb6fc4303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>31,808</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>