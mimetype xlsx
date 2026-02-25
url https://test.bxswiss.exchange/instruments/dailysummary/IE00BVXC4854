--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R105bf9360a844499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fcdf50a00344d0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d47d50bb6fc4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8b654fad1b44cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3537a51405b94f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d47d50bb6fc4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01df5d9448b54dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8b654fad1b44cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Japan Equity UCITS ETF USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BVXC4854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>36,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>