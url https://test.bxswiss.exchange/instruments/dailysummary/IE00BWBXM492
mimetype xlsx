--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a59aaef8d9045d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6ca0c02874356" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480283a657594d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e6bda424414bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d105d9a4cd5418b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480283a657594d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e5bea996264567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e6bda424414bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>28,166</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>