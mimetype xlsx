--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6ca0c02874356" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4307cb22da674ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e6bda424414bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R043b73de404d404a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83e5bea996264567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e6bda424414bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fdd526d41444df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R043b73de404d404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P U.S. Energy Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BWBXM492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,947</x:t>
-[...237 lines deleted...]
-          <x:t>29,004</x:t>
+          <x:t>28,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,484</x:t>
-[...301 lines deleted...]
-          <x:t>27,946</x:t>
+          <x:t>29,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>